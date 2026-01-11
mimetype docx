--- v0 (2025-10-19)
+++ v1 (2026-01-11)
@@ -4274,51 +4274,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF0830"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4952,90 +4952,347 @@
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ruling</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</TermId>
         </TermInfo>
       </Terms>
     </o7a6b7566a954d99ba6f5bdccabdfb5f>
     <Party_x0020_ID xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Party_x0020_ID>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=CHTA-1735685500-124011</Url>
       <Description>CHTA-1735685500-124011</Description>
     </_dlc_DocIdUrl>
     <Additional_x0020_Party_x0020_IDs xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Additional_x0020_Party_x0020_IDs>
     <BCSC_x0020_Version_x0020_Comments xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">FINAL version for publishing after accepting minor change of paragraph 2 to reflect that the original order was defined in para 1.</BCSC_x0020_Version_x0020_Comments>
     <TaxCatchAll xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Value>5</Value>
       <Value>18</Value>
       <Value>15</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <File_x0020_Description xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2025 BCSECCOM 454</File_x0020_Description>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...38 lines deleted...]
-</FormUrls>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="5843f266292c889e1a6cfe7782bf8cd2">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="1421d921-442f-4ef0-a295-b028a12a368a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf67ff8a6aa8445b84c3fefe22a237e1" ns2:_="" ns3:_="">
+    <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
+    <xsd:import namespace="1421d921-442f-4ef0-a295-b028a12a368a"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
+                <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
+                <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
+                <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
+                <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
+                <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
+                <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
+                <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
+                <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
+                <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
+                <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
+                <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="26d74352-4d95-49c5-a9ae-91e035eef5cb" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="File_x0020_Description" ma:index="2" nillable="true" ma:displayName="File Description" ma:internalName="File_x0020_Description">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BCSC_x0020_Version" ma:index="3" nillable="true" ma:displayName="BCSC Version" ma:description="" ma:internalName="BCSC_x0020_Version" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number">
+          <xsd:minInclusive value="0"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="BCSC_x0020_Version_x0020_Comments" ma:index="4" nillable="true" ma:displayName="BCSC Version Comments" ma:description="" ma:internalName="BCSC_x0020_Version_x0020_Comments">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Party_x0020_Name" ma:index="5" nillable="true" ma:displayName="Party Name" ma:description="" ma:internalName="Party_x0020_Name">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Party_x0020_ID" ma:index="6" nillable="true" ma:displayName="Party ID" ma:description="" ma:internalName="Party_x0020_ID">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Additional_x0020_Party_x0020_Names" ma:index="7" nillable="true" ma:displayName="Additional Party Names" ma:description="" ma:internalName="Additional_x0020_Party_x0020_Names">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Additional_x0020_Party_x0020_IDs" ma:index="8" nillable="true" ma:displayName="Additional Party IDs" ma:description="" ma:internalName="Additional_x0020_Party_x0020_IDs">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CHT_x0020_File_x0020_Number" ma:index="11" nillable="true" ma:displayName="CHT File Number" ma:description="" ma:internalName="CHT_x0020_File_x0020_Number">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CHT_x0020_Short_x0020_File_x0020_Name" ma:index="12" nillable="true" ma:displayName="CHT Short File Name" ma:description="" ma:internalName="CHT_x0020_Short_x0020_File_x0020_Name">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="gf7824aea5f34ec08f2fb0db123e7d74" ma:index="15" nillable="true" ma:taxonomy="true" ma:internalName="gf7824aea5f34ec08f2fb0db123e7d74" ma:taxonomyFieldName="CHT_x0020_Hearing_x0020_Type" ma:displayName="CHT Hearing Type" ma:default="" ma:fieldId="{0f7824ae-a5f3-4ec0-8f2f-b0db123e7d74}" ma:sspId="c164cca7-39f4-466c-9fed-e259d11d80b2" ma:termSetId="d3a2eddc-c4d8-4656-9818-7257aba7cdd8" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="o7a6b7566a954d99ba6f5bdccabdfb5f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="o7a6b7566a954d99ba6f5bdccabdfb5f" ma:taxonomyFieldName="CHT_x0020_Document_x0020_Type" ma:displayName="CHT Document Type" ma:default="" ma:fieldId="{87a6b756-6a95-4d99-ba6f-5bdccabdfb5f}" ma:sspId="c164cca7-39f4-466c-9fed-e259d11d80b2" ma:termSetId="acccf950-272d-4c8a-990b-9b5282b8a236" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:hidden="true" ma:list="{7a662e0b-2695-400d-9239-9922a3810709}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="26d74352-4d95-49c5-a9ae-91e035eef5cb">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="oe2e233d1fee4893be316c3995a2f79a" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="oe2e233d1fee4893be316c3995a2f79a" ma:taxonomyFieldName="Status_x0020__x0028_Open_x0020_or_x0020_Closed_x0029_" ma:displayName="Status (Open or Closed)" ma:default="1;#Open|988fe95e-ba8e-4e19-b0dd-54d2acbbcb11" ma:fieldId="{8e2e233d-1fee-4893-be31-6c3995a2f79a}" ma:sspId="c164cca7-39f4-466c-9fed-e259d11d80b2" ma:termSetId="08304548-164e-441b-b9f2-d900000c63e5" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{7a662e0b-2695-400d-9239-9922a3810709}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="26d74352-4d95-49c5-a9ae-91e035eef5cb">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="ka3f924c8a3b406d9e2c1a85b189792a" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="ka3f924c8a3b406d9e2c1a85b189792a" ma:taxonomyFieldName="CHT_x0020_Document_x0020_Category" ma:displayName="CHT Document Category" ma:default="" ma:fieldId="{4a3f924c-8a3b-406d-9e2c-1a85b189792a}" ma:sspId="c164cca7-39f4-466c-9fed-e259d11d80b2" ma:termSetId="0488c06f-979c-44ca-afad-5e780392e3fd" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocId" ma:index="23" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:indexed="true" ma:internalName="_dlc_DocId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdUrl" ma:index="27" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="28" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1421d921-442f-4ef0-a295-b028a12a368a" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="30" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="31" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="32" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="33" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="22" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
@@ -5083,55 +5340,51 @@
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <ds:schemaRef ds:uri="1421d921-442f-4ef0-a295-b028a12a368a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7181F974-8662-4F7D-8F4A-FBD58A4803D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{898E2B96-6A73-4327-9BAB-34008DC8DC4C}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3CC7612-0310-4C0D-8538-0FEF7CF838B2}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AA1E02A-D58A-4EFF-B70C-04F2E0650865}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{244A32F7-3BA1-4903-AEAE-ED8E81CD3BD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>460</Words>
   <Characters>2435</Characters>