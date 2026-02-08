--- v1 (2026-01-11)
+++ v2 (2026-02-08)
@@ -1,53 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2992571D" w14:textId="77777777" w:rsidR="00C15DCE" w:rsidRPr="0058099E" w:rsidRDefault="00C15DCE" w:rsidP="009C3732">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="6"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0058099E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
@@ -4274,51 +4275,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF0830"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4590,50 +4591,54 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="32256d0420bd3fdb60970bba4936d35a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="1421d921-442f-4ef0-a295-b028a12a368a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5db222d8be34af43928e478670711045" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="1421d921-442f-4ef0-a295-b028a12a368a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
@@ -4952,52 +4957,52 @@
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ruling</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</TermId>
         </TermInfo>
       </Terms>
     </o7a6b7566a954d99ba6f5bdccabdfb5f>
     <Party_x0020_ID xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Party_x0020_ID>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=CHTA-1735685500-124011</Url>
       <Description>CHTA-1735685500-124011</Description>
     </_dlc_DocIdUrl>
     <Additional_x0020_Party_x0020_IDs xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Additional_x0020_Party_x0020_IDs>
     <BCSC_x0020_Version_x0020_Comments xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">FINAL version for publishing after accepting minor change of paragraph 2 to reflect that the original order was defined in para 1.</BCSC_x0020_Version_x0020_Comments>
     <TaxCatchAll xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Value>5</Value>
       <Value>18</Value>
       <Value>15</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <File_x0020_Description xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2025 BCSECCOM 454</File_x0020_Description>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="5843f266292c889e1a6cfe7782bf8cd2">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="1421d921-442f-4ef0-a295-b028a12a368a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="cf67ff8a6aa8445b84c3fefe22a237e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="ea9fa5d631e0b293571881d1394e7150">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="1421d921-442f-4ef0-a295-b028a12a368a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6627671c7029088a704262b0aed5f09f" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="1421d921-442f-4ef0-a295-b028a12a368a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -5310,146 +5315,193 @@
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
+  <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
+  <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
+  <EditComponentProperties>{
+	"primaryPartyIdInternalName" : "Party_x0020_ID",
+	"primaryPartyNameInternalName" : "Party_x0020_Name",
+	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
+	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
+	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
+	"partyFieldsInsertingIndex": 6,
+	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
+	"partyFieldDefaultValue": "Click to edit...",
+	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
+	"primaryPartyControlLabel": "Primary Party",
+	"additionalPartyControlLabel": "Additional Parties",
+	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
+	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
+	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
+}</EditComponentProperties>
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+	"primaryPartyIdInternalName" : "Party_x0020_ID",
+	"primaryPartyNameInternalName" : "Party_x0020_Name",
+	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
+	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
+	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
+	"partyFieldsInsertingIndex": 6,
+	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
+	"partyFieldDefaultValue": "Click to edit...",
+	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
+	"primaryPartyControlLabel": "Primary Party",
+	"additionalPartyControlLabel": "Additional Parties",
+	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
+	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
+	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+  <DisplayFormTarget>NewWindow</DisplayFormTarget>
+  <EditFormTarget>NewWindow</EditFormTarget>
+  <NewFormTarget>NewWindow</NewFormTarget>
+</FormUrls>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E37D3C7-C2AF-4A71-87D8-06AF9EFE8B7B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <ds:schemaRef ds:uri="1421d921-442f-4ef0-a295-b028a12a368a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7181F974-8662-4F7D-8F4A-FBD58A4803D4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3CC7612-0310-4C0D-8538-0FEF7CF838B2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{815DD819-1D32-4D2B-8870-11D9B0A7D66C}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8AA1E02A-D58A-4EFF-B70C-04F2E0650865}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{244A32F7-3BA1-4903-AEAE-ED8E81CD3BD3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABCAD966-3D4D-4687-BDCD-60ECCE7DF619}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>460</Words>
   <Characters>2435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>121</Lines>
   <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2841</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2025-10-07 Weicker s.15.1 claims process Ruling 2025 BCSECCOM 454 (Stage 1)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CHT_x0020_Hearing_x0020_Type">
     <vt:lpwstr>5;#Enforcement|7a4a61de-93ae-4f44-ad90-c51ace638e2b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Status_x0020__x0028_Open_x0020_or_x0020_Closed_x0029_">
     <vt:lpwstr>1;#Open|988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CHT Document Category">
     <vt:lpwstr>15;#Notices and decisions|70fd3ac7-5e48-4a02-89ba-1b2e32284e21</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Status (Open or Closed)">
-    <vt:lpwstr>1</vt:lpwstr>
+    <vt:lpwstr>1;#Open|988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="CHT_x0020_Document_x0020_Type">
     <vt:lpwstr>18;#Ruling|ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_docset_NoMedatataSyncRequired">
-    <vt:lpwstr>True</vt:lpwstr>
+    <vt:lpwstr>False</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="CHT Hearing Type">
-    <vt:lpwstr>5</vt:lpwstr>
+    <vt:lpwstr>5;#Enforcement|7a4a61de-93ae-4f44-ad90-c51ace638e2b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="CHT_x0020_Document_x0020_Category">
     <vt:lpwstr>15;#Notices and decisions|70fd3ac7-5e48-4a02-89ba-1b2e32284e21</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="CHT Document Type">
     <vt:lpwstr>18;#Ruling|ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f5effdb3-5cad-46a6-9b07-47651509ca75</vt:lpwstr>
   </property>
 </Properties>
 </file>