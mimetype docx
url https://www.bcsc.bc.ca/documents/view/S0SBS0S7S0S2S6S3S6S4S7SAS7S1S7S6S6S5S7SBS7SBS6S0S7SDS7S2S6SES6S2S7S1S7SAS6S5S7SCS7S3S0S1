--- v2 (2026-02-08)
+++ v3 (2026-03-01)
@@ -4914,86 +4914,86 @@
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <BCSC_x0020_Version xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb" xsi:nil="true"/>
     <Party_x0020_Name xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Party_x0020_Name>
     <gf7824aea5f34ec08f2fb0db123e7d74 xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Enforcement</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">7a4a61de-93ae-4f44-ad90-c51ace638e2b</TermId>
         </TermInfo>
       </Terms>
     </gf7824aea5f34ec08f2fb0db123e7d74>
     <_dlc_DocId xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">CHTA-1735685500-124011</_dlc_DocId>
     <oe2e233d1fee4893be316c3995a2f79a xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Open</TermName>
-          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</TermId>
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Closed</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">40d25e98-b4d7-4c33-857e-35fda9a23fb1</TermId>
         </TermInfo>
       </Terms>
     </oe2e233d1fee4893be316c3995a2f79a>
     <ka3f924c8a3b406d9e2c1a85b189792a xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Notices and decisions</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">70fd3ac7-5e48-4a02-89ba-1b2e32284e21</TermId>
         </TermInfo>
       </Terms>
     </ka3f924c8a3b406d9e2c1a85b189792a>
     <CHT_x0020_File_x0020_Number xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2013-64</CHT_x0020_File_x0020_Number>
     <Additional_x0020_Party_x0020_Names xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Additional_x0020_Party_x0020_Names>
     <CHT_x0020_Short_x0020_File_x0020_Name xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Robert Frederick Weicker and Amina Umutoni Weicker-ENF</CHT_x0020_Short_x0020_File_x0020_Name>
     <o7a6b7566a954d99ba6f5bdccabdfb5f xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Ruling</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</TermId>
         </TermInfo>
       </Terms>
     </o7a6b7566a954d99ba6f5bdccabdfb5f>
     <Party_x0020_ID xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Party_x0020_ID>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=CHTA-1735685500-124011</Url>
       <Description>CHTA-1735685500-124011</Description>
     </_dlc_DocIdUrl>
     <Additional_x0020_Party_x0020_IDs xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">Click to edit...</Additional_x0020_Party_x0020_IDs>
     <BCSC_x0020_Version_x0020_Comments xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">FINAL version for publishing after accepting minor change of paragraph 2 to reflect that the original order was defined in para 1.</BCSC_x0020_Version_x0020_Comments>
     <TaxCatchAll xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Value>5</Value>
       <Value>18</Value>
+      <Value>3</Value>
       <Value>15</Value>
-      <Value>1</Value>
     </TaxCatchAll>
     <File_x0020_Description xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2025 BCSECCOM 454</File_x0020_Description>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="ea9fa5d631e0b293571881d1394e7150">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="1421d921-442f-4ef0-a295-b028a12a368a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6627671c7029088a704262b0aed5f09f" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="1421d921-442f-4ef0-a295-b028a12a368a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
@@ -5452,56 +5452,56 @@
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>2025-10-07 Weicker s.15.1 claims process Ruling 2025 BCSECCOM 454 (Stage 1)</dc:title>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="CHT_x0020_Hearing_x0020_Type">
     <vt:lpwstr>5;#Enforcement|7a4a61de-93ae-4f44-ad90-c51ace638e2b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Status_x0020__x0028_Open_x0020_or_x0020_Closed_x0029_">
-    <vt:lpwstr>1;#Open|988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</vt:lpwstr>
+    <vt:lpwstr>3;#Closed|40d25e98-b4d7-4c33-857e-35fda9a23fb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="CHT Document Category">
     <vt:lpwstr>15;#Notices and decisions|70fd3ac7-5e48-4a02-89ba-1b2e32284e21</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Status (Open or Closed)">
-    <vt:lpwstr>1;#Open|988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</vt:lpwstr>
+    <vt:lpwstr>3;#Closed|40d25e98-b4d7-4c33-857e-35fda9a23fb1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0052E78550A801C14795BD3DD225ED5961</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="CHT_x0020_Document_x0020_Type">
     <vt:lpwstr>18;#Ruling|ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_docset_NoMedatataSyncRequired">
     <vt:lpwstr>False</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="CHT Hearing Type">
     <vt:lpwstr>5;#Enforcement|7a4a61de-93ae-4f44-ad90-c51ace638e2b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="CHT_x0020_Document_x0020_Category">
     <vt:lpwstr>15;#Notices and decisions|70fd3ac7-5e48-4a02-89ba-1b2e32284e21</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="CHT Document Type">
     <vt:lpwstr>18;#Ruling|ca245d1a-8d14-4a0d-a0f1-dbf6d9012e50</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>f5effdb3-5cad-46a6-9b07-47651509ca75</vt:lpwstr>
   </property>
 </Properties>
 </file>