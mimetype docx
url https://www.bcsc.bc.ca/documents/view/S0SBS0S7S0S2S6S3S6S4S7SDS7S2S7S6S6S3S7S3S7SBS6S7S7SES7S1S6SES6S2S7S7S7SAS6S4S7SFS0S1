--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6402377E" w14:textId="77777777" w:rsidR="00FF1308" w:rsidRPr="007761DE" w:rsidRDefault="00FF1308" w:rsidP="00FF1308">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007761DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1865,51 +1866,51 @@
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:rsid w:val="008F1F13"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008F1F13"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2145,53 +2146,57 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0011C349B302BEBF40B96C662BCF334F6B" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="38615aa881b8c1ca6085ec3f39ce9d78">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="bb98cd5c-9bf3-42dd-81cd-1778f111dee8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ceb489086401a95467ff74f208c05924" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C0011C349B302BEBF40B96C662BCF334F6B" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="a2bf0cc3d27e47ec3c50825c2589d099">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="bb98cd5c-9bf3-42dd-81cd-1778f111dee8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe873217cf02334ac3aea259cc7f01d4" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="bb98cd5c-9bf3-42dd-81cd-1778f111dee8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -2563,100 +2568,132 @@
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
+  <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
+  <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
+  <EditComponentProperties>{
+	"primaryPartyIdInternalName" : "Party_x0020_ID",
+	"primaryPartyNameInternalName" : "Party_x0020_Name",
+	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
+	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
+	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
+	"partyFieldsInsertingIndex": 6,
+	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
+	"partyFieldDefaultValue": "Click to edit...",
+	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
+	"primaryPartyControlLabel": "Primary Party",
+	"additionalPartyControlLabel": "Additional Parties",
+	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
+	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
+	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
+}</EditComponentProperties>
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+	"primaryPartyIdInternalName" : "Party_x0020_ID",
+	"primaryPartyNameInternalName" : "Party_x0020_Name",
+	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
+	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
+	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
+	"partyFieldsInsertingIndex": 6,
+	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
+	"partyFieldDefaultValue": "Click to edit...",
+	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
+	"primaryPartyControlLabel": "Primary Party",
+	"additionalPartyControlLabel": "Additional Parties",
+	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
+	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
+	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+  <DisplayFormTarget>NewWindow</DisplayFormTarget>
+  <EditFormTarget>NewWindow</EditFormTarget>
+  <NewFormTarget>NewWindow</NewFormTarget>
+</FormUrls>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B1F3306-F8F9-4827-964E-1C3D6DE092BF}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3416301-1F77-49D5-AD67-378FAEA19D3C}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85FB1BE1-1443-46B4-A170-20D29DA37B3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="bb98cd5c-9bf3-42dd-81cd-1778f111dee8"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07140EED-0AF5-4D26-BB3C-E7C302664B88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8DA5C6D4-C722-4415-9AFA-3A7E1EFA1818}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18E83F2E-1887-4F65-BE88-1C526E766199}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3f4a02f1-67db-4d37-b9e6-0ddfdce08012}" enabled="0" method="" siteId="{3f4a02f1-67db-4d37-b9e6-0ddfdce08012}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>181</Words>
   <Characters>1034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>