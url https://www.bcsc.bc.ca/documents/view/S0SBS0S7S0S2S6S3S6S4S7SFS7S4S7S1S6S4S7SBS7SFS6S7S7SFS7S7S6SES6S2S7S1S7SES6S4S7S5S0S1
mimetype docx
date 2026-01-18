--- v0 (2025-12-02)
+++ v1 (2026-01-18)
@@ -2642,52 +2642,52 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00E1D65081B83672438C4C1886D3CD1D0E" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="56055de5fd32cc234df7505d4379cc5d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="b4de1fdf-8fba-4a9b-a02b-307dffc2e2e8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c46e1dbbd163f1a899a590b1d7fe40ce" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00E1D65081B83672438C4C1886D3CD1D0E" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="8ec9b13496ac84e4fa7958c4efe9f766">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="b4de1fdf-8fba-4a9b-a02b-307dffc2e2e8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9329494355df3a5307f63ead45feeef3" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="b4de1fdf-8fba-4a9b-a02b-307dffc2e2e8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -3021,66 +3021,66 @@
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
   <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
   <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
   <EditComponentProperties>{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
 }</EditComponentProperties>
-  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
-}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
   <DisplayFormTarget>NewWindow</DisplayFormTarget>
   <EditFormTarget>NewWindow</EditFormTarget>
   <NewFormTarget>NewWindow</NewFormTarget>
 </FormUrls>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Value>26</Value>
       <Value>5</Value>
       <Value>15</Value>
       <Value>1</Value>
     </TaxCatchAll>
     <Party_x0020_ID xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb" xsi:nil="true"/>
     <CHT_x0020_File_x0020_Number xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2024-39</CHT_x0020_File_x0020_Number>
     <File_x0020_Description xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2025 BCSECCOM 506</File_x0020_Description>
     <BCSC_x0020_Version_x0020_Comments xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb" xsi:nil="true"/>
     <ka3f924c8a3b406d9e2c1a85b189792a xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Notices and decisions</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">70fd3ac7-5e48-4a02-89ba-1b2e32284e21</TermId>
         </TermInfo>
@@ -3111,63 +3111,63 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Open</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</TermId>
         </TermInfo>
       </Terms>
     </oe2e233d1fee4893be316c3995a2f79a>
     <_dlc_DocId xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">CHTA-1262781225-12018</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=CHTA-1262781225-12018</Url>
       <Description>CHTA-1262781225-12018</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB5DF966-0FEC-4837-8BB5-C85B6FF291AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4D6A982-AEB0-43D8-A2A7-CF4F84C32DB2}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5209778-F139-4A6E-8469-AF8EF0600238}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23C83CB1-DD65-426C-84EA-C2CD355E462C}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A200799D-AD19-4187-87B1-25249853ABF4}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24D8C4E0-98EE-4AA8-BB4E-0E986BAF06CE}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC187829-5920-4A4C-B7D9-5F07ADB7AB7D}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D1812E5-1B8A-4C67-B744-7ED07A68FCB5}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>104</Words>
   <Characters>534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>25</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>624</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>