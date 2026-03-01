--- v1 (2026-01-18)
+++ v2 (2026-03-01)
@@ -2642,52 +2642,52 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00E1D65081B83672438C4C1886D3CD1D0E" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="8ec9b13496ac84e4fa7958c4efe9f766">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="b4de1fdf-8fba-4a9b-a02b-307dffc2e2e8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9329494355df3a5307f63ead45feeef3" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00E1D65081B83672438C4C1886D3CD1D0E" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="387ed61679424ae0de36eaf78e7a89b5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="b4de1fdf-8fba-4a9b-a02b-307dffc2e2e8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0dc3db9d434ad2b41c67d6fd141d3303" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="b4de1fdf-8fba-4a9b-a02b-307dffc2e2e8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -3111,51 +3111,51 @@
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Open</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">988fe95e-ba8e-4e19-b0dd-54d2acbbcb11</TermId>
         </TermInfo>
       </Terms>
     </oe2e233d1fee4893be316c3995a2f79a>
     <_dlc_DocId xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">CHTA-1262781225-12018</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=CHTA-1262781225-12018</Url>
       <Description>CHTA-1262781225-12018</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB5DF966-0FEC-4837-8BB5-C85B6FF291AB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5209778-F139-4A6E-8469-AF8EF0600238}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{233620FD-E006-46D1-A326-7CF0E6F503B4}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23C83CB1-DD65-426C-84EA-C2CD355E462C}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A200799D-AD19-4187-87B1-25249853ABF4}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC187829-5920-4A4C-B7D9-5F07ADB7AB7D}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D1812E5-1B8A-4C67-B744-7ED07A68FCB5}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>104</Words>
   <Characters>534</Characters>