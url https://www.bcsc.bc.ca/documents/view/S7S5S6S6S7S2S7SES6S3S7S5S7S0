--- v0 (2025-10-29)
+++ v1 (2025-12-28)
@@ -5828,52 +5828,52 @@
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">News release</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cdd665bf-2473-45a9-916d-e9e517823542</TermId>
         </TermInfo>
       </Terms>
     </o7a6b7566a954d99ba6f5bdccabdfb5f>
     <Additional_x0020_Party_x0020_IDs xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb" xsi:nil="true"/>
     <oe2e233d1fee4893be316c3995a2f79a xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Closed</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">40d25e98-b4d7-4c33-857e-35fda9a23fb1</TermId>
         </TermInfo>
       </Terms>
     </oe2e233d1fee4893be316c3995a2f79a>
     <_dlc_DocId xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2651068</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=2651068</Url>
       <Description>2651068</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00B2A9A32563C98D46A2D2A8CCDBCF96F1" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="98ff4ffc8f0a90b408d18ba1863c2bd7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="268c0404-68df-4322-8662-f0703699f0db" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9326a058706fadbddb6b78341cd25c63" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00B2A9A32563C98D46A2D2A8CCDBCF96F1" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="8fbfac45d548ff10483126a1f43c044b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="268c0404-68df-4322-8662-f0703699f0db" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2a44bcc5c2c54d2bddf088e91507a7d" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="268c0404-68df-4322-8662-f0703699f0db"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -6148,102 +6148,102 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
   <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
   <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
   <EditComponentProperties>{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
 }</EditComponentProperties>
-  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
-}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
   <DisplayFormTarget>NewWindow</DisplayFormTarget>
   <EditFormTarget>NewWindow</EditFormTarget>
   <NewFormTarget>NewWindow</NewFormTarget>
 </FormUrls>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08B27112-B7F1-4D43-83AE-64B116DC3D6E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21589F6-BE66-46D4-8726-480E6A3AFE09}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0F2DF1D-88B7-4417-9730-F717C0577863}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12A73B49-4EC4-4F4A-A9BA-6D4A053D0EBE}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41E446C4-3790-46B5-BE89-5AF8B78DA21E}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3348348C-25CA-4153-BFE9-20D77B159981}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71977310-6BC1-4E80-B83C-D2DF60C18273}"/>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A636306-BE36-4054-853F-4BE80F5B86CC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6607C96-0756-4848-AF5E-563537882FD4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>407</Words>
   <Characters>2320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>