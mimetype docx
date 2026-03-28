--- v1 (2025-12-28)
+++ v2 (2026-03-28)
@@ -5828,52 +5828,52 @@
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">News release</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cdd665bf-2473-45a9-916d-e9e517823542</TermId>
         </TermInfo>
       </Terms>
     </o7a6b7566a954d99ba6f5bdccabdfb5f>
     <Additional_x0020_Party_x0020_IDs xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb" xsi:nil="true"/>
     <oe2e233d1fee4893be316c3995a2f79a xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Closed</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">40d25e98-b4d7-4c33-857e-35fda9a23fb1</TermId>
         </TermInfo>
       </Terms>
     </oe2e233d1fee4893be316c3995a2f79a>
     <_dlc_DocId xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">2651068</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="26d74352-4d95-49c5-a9ae-91e035eef5cb">
       <Url>https://bcsecuritiescommission.sharepoint.com/sites/CHTApplication/_layouts/15/DocIdRedir.aspx?ID=2651068</Url>
       <Description>2651068</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00B2A9A32563C98D46A2D2A8CCDBCF96F1" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="8fbfac45d548ff10483126a1f43c044b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="268c0404-68df-4322-8662-f0703699f0db" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d2a44bcc5c2c54d2bddf088e91507a7d" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00B2A9A32563C98D46A2D2A8CCDBCF96F1" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="8ddadb1d42f3c6a5c6c9a5250b59257d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="268c0404-68df-4322-8662-f0703699f0db" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ee0f04825753a5b7d4639438f5e4ff09" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="268c0404-68df-4322-8662-f0703699f0db"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -6195,51 +6195,51 @@
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08B27112-B7F1-4D43-83AE-64B116DC3D6E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D21589F6-BE66-46D4-8726-480E6A3AFE09}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0F2DF1D-88B7-4417-9730-F717C0577863}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12A73B49-4EC4-4F4A-A9BA-6D4A053D0EBE}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{41E446C4-3790-46B5-BE89-5AF8B78DA21E}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71977310-6BC1-4E80-B83C-D2DF60C18273}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{188ABB7C-866B-4F61-AA36-812F5F2A0CD3}"/>
 </file>
 
 <file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6607C96-0756-4848-AF5E-563537882FD4}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>407</Words>
   <Characters>2320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>