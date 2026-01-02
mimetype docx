--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -6048,52 +6048,52 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00D7770B07A5B7E04BBD61103E1A85F1CE" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="0961929cee5b8f230363fedcfd22faa3">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="61b1051c-5562-4987-b639-b45924401706" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="41ce055657edeeef433f22435338d7c6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00D7770B07A5B7E04BBD61103E1A85F1CE" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="e003e42ec227c2cd4c06090e94d20417">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="61b1051c-5562-4987-b639-b45924401706" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2844a5af1654baadd3e4fc7220c02a49" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="61b1051c-5562-4987-b639-b45924401706"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -6486,98 +6486,98 @@
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
   <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
   <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
   <EditComponentProperties>{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
 }</EditComponentProperties>
-  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
-}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
   <DisplayFormTarget>NewWindow</DisplayFormTarget>
   <EditFormTarget>NewWindow</EditFormTarget>
   <NewFormTarget>NewWindow</NewFormTarget>
 </FormUrls>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F23E07B-6C6E-4D14-A0F5-F62F93E582CC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{107CD98B-3B12-49EF-9A97-8965F896319A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC8A48B7-9ECF-48D2-A1DE-E5E0AFC82AF5}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C00519E-827A-4B23-826C-B0CADED253C0}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B871ED0-6A44-4746-AB54-7665264F6696}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F191EAC-58B1-4AD0-B62F-0A389368D353}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08343B26-0BAB-40E9-B8E3-FCE4F24C1F47}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C878775-C6D0-47B0-A597-7CF8E9393E5C}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>547</Words>
   <Characters>3120</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>