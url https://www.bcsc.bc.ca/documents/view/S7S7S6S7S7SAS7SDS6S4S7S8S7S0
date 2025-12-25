--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -4189,52 +4189,52 @@
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C002C4A2A378780364EA38F2F88A0AFBBE5" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="bfccb7df800d8454ab689513d3612f8f">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="f2e621a3-cd6e-481b-9705-74ed7abc52ec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c15ffe1a9c83f2b171020e1d109fdee1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C002C4A2A378780364EA38F2F88A0AFBBE5" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="069f81bfbb12f334b04db8903634521d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="f2e621a3-cd6e-481b-9705-74ed7abc52ec" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1171e5fdde824ddd1f5c48c796b45cb8" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="f2e621a3-cd6e-481b-9705-74ed7abc52ec"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -4627,98 +4627,98 @@
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
   <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
   <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
   <EditComponentProperties>{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
 }</EditComponentProperties>
-  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
-}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
   <DisplayFormTarget>NewWindow</DisplayFormTarget>
   <EditFormTarget>NewWindow</EditFormTarget>
   <NewFormTarget>NewWindow</NewFormTarget>
 </FormUrls>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A107CDC-7E3E-4677-8C44-B94C5643B18D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F42993D5-CF72-4ACE-9715-D4F5C5DECFEC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE1F51A1-CA86-49BD-9BE3-1FE444895AC7}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCB9117E-FEA8-4CD6-B42F-D62F6E09E3D5}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{59A85997-EF51-484F-8F82-1EAADE514843}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99B86755-A0A9-4624-A925-62F3D4AAA2E3}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3C4295B-CB56-4120-928F-8AB0C118F69A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82FC14-665D-4761-A1C8-86CFD5075511}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>804</Words>
   <Characters>4584</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>