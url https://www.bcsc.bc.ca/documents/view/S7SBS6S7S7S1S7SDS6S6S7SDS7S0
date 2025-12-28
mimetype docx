--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -1,50 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps7.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="54986F00" w14:textId="0C717AB7" w:rsidR="001363A9" w:rsidRPr="00883097" w:rsidRDefault="008E13CA" w:rsidP="008E13CA">
       <w:pPr>
         <w:pStyle w:val="ReleaseDateInfo"/>
       </w:pPr>
       <w:r w:rsidRPr="00883097">
         <w:t xml:space="preserve">Released: </w:t>
       </w:r>
       <w:r w:rsidR="00993C08">
         <w:t>March 31</w:t>
       </w:r>
       <w:r w:rsidR="0066344F" w:rsidRPr="00883097">
         <w:t>, 2023</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026F220C" w14:textId="7767822D" w:rsidR="008E13CA" w:rsidRDefault="008E13CA" w:rsidP="008E13CA">
@@ -3172,53 +3173,57 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps7.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00EB75D369DF689E4EB544B5770F879106" ma:contentTypeVersion="30" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="f90fd28ba60fdbfada92f0aa601c3f36">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="bab9b238-a193-40f9-8ab6-59bccdd1344c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fce8a477272a2ca33eb6253e9c24f6d5" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="CHT Application Document" ma:contentTypeID="0x010100CCA6DF290ED7436096A8EE6DC92B49AC6C00EB75D369DF689E4EB544B5770F879106" ma:contentTypeVersion="41" ma:contentTypeDescription=" " ma:contentTypeScope="" ma:versionID="123d6c19a3d188cd0b4f2c6dc53cadf5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="26d74352-4d95-49c5-a9ae-91e035eef5cb" xmlns:ns3="bab9b238-a193-40f9-8ab6-59bccdd1344c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="292bd7ca0fd4a99e15b52ccbfa96b072" ns2:_="" ns3:_="">
     <xsd:import namespace="26d74352-4d95-49c5-a9ae-91e035eef5cb"/>
     <xsd:import namespace="bab9b238-a193-40f9-8ab6-59bccdd1344c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:File_x0020_Description" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version" minOccurs="0"/>
                 <xsd:element ref="ns2:BCSC_x0020_Version_x0020_Comments" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:Party_x0020_ID" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_Names" minOccurs="0"/>
                 <xsd:element ref="ns2:Additional_x0020_Party_x0020_IDs" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_File_x0020_Number" minOccurs="0"/>
                 <xsd:element ref="ns2:CHT_x0020_Short_x0020_File_x0020_Name" minOccurs="0"/>
                 <xsd:element ref="ns2:gf7824aea5f34ec08f2fb0db123e7d74" minOccurs="0"/>
                 <xsd:element ref="ns2:o7a6b7566a954d99ba6f5bdccabdfb5f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:oe2e233d1fee4893be316c3995a2f79a" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:ka3f924c8a3b406d9e2c1a85b189792a" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
@@ -3676,72 +3681,119 @@
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
 }</EditComponentProperties>
   <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
 	"primaryPartyIdInternalName" : "Party_x0020_ID",
 	"primaryPartyNameInternalName" : "Party_x0020_Name",
 	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
 	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
 	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
 	"partyFieldsInsertingIndex": 6,
 	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
 	"partyFieldDefaultValue": "Click to edit...",
 	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
 	"primaryPartyControlLabel": "Primary Party",
 	"additionalPartyControlLabel": "Additional Parties",
 	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
 	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
 	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
 }&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
   <DisplayFormTarget>NewWindow</DisplayFormTarget>
   <EditFormTarget>NewWindow</EditFormTarget>
   <NewFormTarget>NewWindow</NewFormTarget>
 </FormUrls>
 </file>
 
+<file path=customXml/item7.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url">
+  <Edit>_layouts/15/SPListForm.aspx?PageType=6</Edit>
+  <EditComponentId>f1f1e90b-cca1-4f33-907b-359da5713bea</EditComponentId>
+  <EditComponentProperties>{
+	"primaryPartyIdInternalName" : "Party_x0020_ID",
+	"primaryPartyNameInternalName" : "Party_x0020_Name",
+	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
+	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
+	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
+	"partyFieldsInsertingIndex": 6,
+	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
+	"partyFieldDefaultValue": "Click to edit...",
+	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
+	"primaryPartyControlLabel": "Primary Party",
+	"additionalPartyControlLabel": "Additional Parties",
+	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
+	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
+	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
+}</EditComponentProperties>
+  <NewComponentId>&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;FormUrls xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms/url"&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;_layouts/15/SPListForm.aspx?PageType=6&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/Edit&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;f1f1e90b-cca1-4f33-907b-359da5713bea&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentId&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;{
+	"primaryPartyIdInternalName" : "Party_x0020_ID",
+	"primaryPartyNameInternalName" : "Party_x0020_Name",
+	"additionalPartyIdsInternalName" : "Additional_x0020_Party_x0020_IDs",
+	"additionalPartyNamesInternalName" : "Additional_x0020_Party_x0020_Names",
+	"partyFieldsOrder": "Party_x0020_Name,Party_x0020_ID,Additional_x0020_Party_x0020_Names,Additional_x0020_Party_x0020_IDs",
+	"partyFieldsInsertingIndex": 6,
+	"fieldInternalNamesForSkippingOrdering": "MediaServiceMetadata,MediaServiceSearchProperties,MediaServiceObjectDetectorVersions,Created_x0020_By,Modified_x0020_By,Modified,Created,_dlc_DocIdUrl,_dlc_DocIdPersistId,_dlc_DocId,MediaServiceFastMetadata,ContentType,selectFilename",
+	"partyFieldDefaultValue": "Click to edit...",
+	"extensionId": "f1f1e90b-cca1-4f33-907b-359da5713bea",
+	"primaryPartyControlLabel": "Primary Party",
+	"additionalPartyControlLabel": "Additional Parties",
+	"appId": "c2771142-12ee-43a9-ad7d-a49762e9b909",
+	"functionAppUrl": "https://bcsc-cacn-partyintegrationfunctionapp-prd.azurewebsites.net/api/GetParties?code=TTdFlHkQCMqe0StP-4eMuIMjR5dXXgzU1DQ5aZux2VZ2AzFuhyc1LQ==",
+	"authenticationAppId": "dd202624-671a-4ff7-a7cf-d269fbf9e0cc"
+}&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditComponentProperties&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/DisplayFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/EditFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;NewWindow&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/NewFormTarget&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;lt;/FormUrls&amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;amp;gt;</NewComponentId>
+  <DisplayFormTarget>NewWindow</DisplayFormTarget>
+  <EditFormTarget>NewWindow</EditFormTarget>
+  <NewFormTarget>NewWindow</NewFormTarget>
+</FormUrls>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{73AACB69-B64D-4DE0-BA13-9D47BB845738}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{173F80F4-D5D5-4243-8FB5-C55DBD4DAF9B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28D9230C-9B2F-425A-8374-752802121964}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{571C34FD-D804-42A1-9F39-8D93FFFD11A7}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A3D3EC4-F60F-415F-862C-2C73375A7097}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF05893A-DAF1-4F4B-824A-A07BDBD541F5}"/>
 </file>
 
 <file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83B9C66B-CCFA-4AB8-BD01-F5D947A0F89E}"/>
+</file>
+
+<file path=customXml/itemProps7.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2483658D-8BF3-4A50-B2CE-2ABB09387E69}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>557</Words>
   <Characters>3175</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>